--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -478,136 +478,208 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A45C3">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The reported study was funded…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="046FC945" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59D825A3" w14:textId="2B8ADD78" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="003B64C1" w:rsidP="00CB11D7">
+    <w:p w14:paraId="59D825A3" w14:textId="75C993F5" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="003B64C1" w:rsidP="00331F78">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00331F78" w:rsidRPr="00500A29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00500A29" w:rsidRPr="00500A29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="00500A29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Введение</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5428D580" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+    <w:p w14:paraId="5428D580" w14:textId="77777777" w:rsidR="00993B45" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…. … … … … … … … … … … … …… … … …… … … …… … … … …… … …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D936FEF" w14:textId="306A12D9" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="003B64C1" w:rsidP="00CB11D7">
+    <w:p w14:paraId="4A7E9344" w14:textId="5A647A88" w:rsidR="00500A29" w:rsidRPr="00500A29" w:rsidRDefault="00500A29" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>… … … …… … … …… … … …… … … …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E04549D" w14:textId="77777777" w:rsidR="00500A29" w:rsidRPr="00500A29" w:rsidRDefault="00500A29" w:rsidP="00331F78">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3D936FEF" w14:textId="10F9E64A" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="003B64C1" w:rsidP="00331F78">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00331F78" w:rsidRPr="00500A29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> |</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Названия разделов статьи</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C39F4E5" w14:textId="292F2791" w:rsidR="00993B45" w:rsidRPr="00FF0883" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+    <w:p w14:paraId="0905F8FA" w14:textId="77777777" w:rsidR="00500A29" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…… … … … … … … … … … … … ……</w:t>
+        <w:t xml:space="preserve">…… … … </w:t>
+      </w:r>
+      <w:r w:rsidR="00500A29" w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">… … …… … … …… … … …… … … … </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>… … … … … … … … … ……</w:t>
       </w:r>
       <w:r w:rsidR="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Полоскова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -633,230 +705,314 @@
       </w:r>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> … …… … … …… </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> … …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15222665" w14:textId="77777777" w:rsidR="00500A29" w:rsidRPr="00500A29" w:rsidRDefault="00500A29" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500A29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500A29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подраздел</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C39F4E5" w14:textId="243B61C2" w:rsidR="00993B45" w:rsidRPr="00FF0883" w:rsidRDefault="00EF4252" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">… … … …… </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">… … … … … … … … … …… … … …… … … …… … … …… … … … … … … </w:t>
       </w:r>
-      <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
+      <w:r w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
+      <w:r w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fishman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
+      <w:r w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00EF4252">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
+      <w:r w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2001:</w:t>
       </w:r>
-      <w:r w:rsidR="00EF4252">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
+      <w:r w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3–5]</w:t>
       </w:r>
       <w:r w:rsidR="00496978" w:rsidRPr="00FF0883">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00496978" w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>… … … …… …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3674E390" w14:textId="117D58BF" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="003B64C1" w:rsidP="00CB11D7">
+    <w:p w14:paraId="0D1666B1" w14:textId="77777777" w:rsidR="00500A29" w:rsidRPr="00500A29" w:rsidRDefault="00500A29" w:rsidP="00331F78">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3674E390" w14:textId="672EE50F" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="003B64C1" w:rsidP="00331F78">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00331F78" w:rsidRPr="00500A29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> |</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Заключение</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4AD425" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">… … … …… … … …… … … …… … … …… … … … … … … … … … …… … … …… … … …… … … …… … … … … … … … … … …… … … </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB95832" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33795E51" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00233975">
+    <w:p w14:paraId="33795E51" w14:textId="6DE42553" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00BF763A" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Литература</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6EDFF0C6" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t>ЛИТЕРАТУРА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDFF0C6" w14:textId="1A007F34" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk193286049"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Аврорин В. А.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проблемы изучения функциональной стороны языка. Л.: Наука, 1975. 276 с.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1975) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проблемы изучения функциональной стороны языка. Л.: Наука. 276 с.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E85D3E6" w14:textId="5CAB34A5" w:rsidR="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Жукоцкая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>А.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
@@ -866,643 +1022,884 @@
         </w:rPr>
         <w:t>В.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:t xml:space="preserve"> Феномен идеологии. Режим доступа: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00381AE5">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://service.ebooksearch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:t xml:space="preserve"> Дата обращения: 12.11.2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155CB39A" w14:textId="54FF92BB" w:rsidR="00050898" w:rsidRPr="00233975" w:rsidRDefault="00050898" w:rsidP="00233975">
+    <w:p w14:paraId="155CB39A" w14:textId="6769AE96" w:rsidR="00050898" w:rsidRPr="00233975" w:rsidRDefault="00050898" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00050898">
-        <w:t>Никитина В.Н. Диагностика развития связной речи детей Саха 5–7 лет:</w:t>
+        <w:t xml:space="preserve">Никитина В.Н. </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99">
+        <w:t xml:space="preserve">(2024) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050898">
+        <w:t>Диагностика развития связной речи детей Саха 5–7 лет:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00050898">
-        <w:t>социолингвистический подход // Социолингвистика. 2024. № 4 (20). С. 119–131. DOI: 10.37892/2713-2951-4-20-119-131</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5109B96D" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t>социолингвистический подход // Социолингвистика. № 4 (20). С. 119–131. DOI: 10.37892/2713-2951-4-20-119-131</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5109B96D" w14:textId="59B2B9FF" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Михальченко В. Ю., Крючкова Т. Б.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Социолингвистика в России // Вопросы языкознания. 2002. № 3(11). С. 116–142.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1DFA5919" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2002) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Социолингвистика в России // Вопросы языкознания. № 3(11). С. 116–142.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFA5919" w14:textId="2CCDF904" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Русаков А. Ю.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Интерференция и переключение кодов: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2005) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Интерференция и переключение кодов: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>севернорусский</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> диалект цыганского языка в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>контактологической</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> перспективе: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дис</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. ... д-ра филол. наук. СПб.: ИЛИ РАН, 2005. 105 с.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24C290D5" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t>. ... д-ра филол. наук. СПб.: ИЛИ РАН. 105 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C290D5" w14:textId="2E88ADE9" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Словарь социолингвистических терминов / отв. ред. В. Ю. Михальченко. М.: Институт языкознания РАН, 2006. 312 с.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0BBECFAA" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t xml:space="preserve">Словарь социолингвистических терминов </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2006) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/ отв. ред. В. Ю. Михальченко. М.: Институт языкознания РАН. 312 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBECFAA" w14:textId="1226430A" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Bartoli</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99" w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1906) </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Das</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Dalmatische</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Altromanische</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Sprachreste</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>von</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Veglia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>bis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Ragusa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>ihre</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Stellung</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Apennino</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Balkanischen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Romania</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>Wien: Kaiserliche Akademie der Wissenschaften, 1906. 856 p.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B7F2CE2" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t>Wien: Kaiserliche Akademie der Wissenschaften. 856 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7F2CE2" w14:textId="3E88378E" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Držić M.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dundo Maroje. Novela od Stanca // Dundo Maroje. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99" w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1991) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dundo Maroje. Novela od Stanca // Dundo Maroje. </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Zagreb: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Školska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>knjiga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, 1991. P. 53–197.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47BD40D4" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t>. P. 53–197.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BD40D4" w14:textId="528B14BB" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fishman J. A.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Reversing Language Shift: Theoretical and Empirical Foundations of Assistance to Threatened Languages. Clevedon, UK: Multilingual Matters, 1991. 413 p.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="648356AE" w14:textId="3E94CA50" w:rsidR="00233975" w:rsidRPr="00AB4325" w:rsidRDefault="00233975" w:rsidP="00233975">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260C99" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1991) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Reversing Language Shift: Theoretical and Empirical Foundations of Assistance to Threatened Languages. Clevedon, UK: Multilingual Matters. 413 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648356AE" w14:textId="7B80C5CD" w:rsidR="00233975" w:rsidRPr="00260C99" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hakala H.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Attitudes and Conceptions of Finnish Students toward Accents of English. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233975">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Режим доступа: </w:t>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Avai</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lable at</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00381AE5">
+        <w:r w:rsidRPr="003F77AE">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf</w:t>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>www</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>helsinki</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>fi</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>englanti</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>elfa</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ProGradu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>_</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Henrik</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>_</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Hakala</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...32 lines deleted...]
-    <w:p w14:paraId="4BE918CA" w14:textId="4E8D2368" w:rsidR="00233975" w:rsidRPr="00AB4325" w:rsidRDefault="00233975" w:rsidP="00233975">
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Accessed:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 03.06.2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE918CA" w14:textId="6B616D20" w:rsidR="00233975" w:rsidRPr="00AB4325" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pavlenko A.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian-friendly: How Russian became a commodity in Europe and beyond // International Journal of Bilingual Education and Bilingualism. 2017. Vol. 20, No. 4. P. 385–403. DOI: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0ABA" w:rsidRPr="00DA0ABA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2017) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian-friendly: How Russian became a commodity in Europe and beyond // International Journal of Bilingual Education and Bilingualism. Vol. 20, No. 4. P. 385–403. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00381AE5">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/13670050.2015.1115001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E1870FF" w14:textId="686A2A1C" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="5E1870FF" w14:textId="53DDB54A" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vuli</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ć </w:t>
@@ -1646,55 +2043,88 @@
         </w:rPr>
         <w:t>knji</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>evnosti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Avai</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lable</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Режим доступа: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00381AE5">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:r w:rsidRPr="00233975">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00381AE5">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hrcak</w:t>
@@ -1730,81 +2160,107 @@
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hr</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00233975">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>/157724</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Дата обращения: 04.06.2021.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Accessed</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 04.06.2021.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67C5CA71" w14:textId="77777777" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05798BA9" w14:textId="7C337B91" w:rsidR="00993B45" w:rsidRPr="00E70CF8" w:rsidRDefault="00043472" w:rsidP="00A02796">
+    <w:p w14:paraId="05798BA9" w14:textId="0CE5CC53" w:rsidR="00993B45" w:rsidRPr="00E70CF8" w:rsidRDefault="00BF763A" w:rsidP="00A02796">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk196920359"/>
       <w:r w:rsidRPr="00782506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>References</w:t>
+        <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44052EF0" w14:textId="6642D40C" w:rsidR="00E83E76" w:rsidRPr="00315545" w:rsidRDefault="00315545" w:rsidP="005D14D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E83E76" w:rsidRPr="00315545">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в </w:t>
       </w:r>
@@ -1837,51 +2293,51 @@
         <w:t>на английский язык</w:t>
       </w:r>
       <w:r w:rsidR="00E83E76" w:rsidRPr="00315545">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, кроме английского</w:t>
       </w:r>
       <w:r w:rsidR="00487FCB">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обязательно указание названия языка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="16A1B4E8" w14:textId="38BDD7F2" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="16A1B4E8" w14:textId="6606B708" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Avrorin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, V.A. (1975) </w:t>
       </w:r>
@@ -1968,52 +2424,59 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>yazyka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Problems of studying the functional side of language]. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Leningrad: Nauka. (In Russian)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="54A5E546" w14:textId="77777777" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A5E546" w14:textId="2AA8A5CB" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartoli, M. (1906) </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Das Dalmatische: Altromanische Sprachreste von Veglia bis Ragusa und ihre Stellung in der Apennino-Balkanischen Romania</w:t>
       </w:r>
@@ -2025,52 +2488,59 @@
         <w:t xml:space="preserve"> [Dalmatian. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Old Romance language remains from Veglia to Ragusa and their position in the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Apennino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-Balkan Romania]. Vienna: Imperial Academy of Sciences. (In German)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7B5982B9" w14:textId="77777777" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5982B9" w14:textId="22ED2833" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Držić</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, M. (1991) </w:t>
       </w:r>
@@ -2148,50 +2618,57 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Maroje</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Zagreb: School Book, pp. 53–197. (In Croatian)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F8DA4F" w14:textId="77777777" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Fishman, J.A. (1991) </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -2235,51 +2712,51 @@
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed: 3 June 2023)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A329DF1" w14:textId="50080DC8" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="4A329DF1" w14:textId="7F2C02FE" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mikhalchenko, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>V.Yu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2337,97 +2814,104 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>yazykoznaniya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 3(11), pp. 116–142. (In Russian)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E210E1" w14:textId="5188A481" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pavlenko, A. (2017) Russian-friendly: How Russian became a commodity in Europe and beyond, </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>International Journal of Bilingual Education and Bilingualism</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20(4), pp. 385–403. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/13670050.2015.1115001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05AE318D" w14:textId="77777777" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="05AE318D" w14:textId="567BBBA4" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Rusakov, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A.Yu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2630,69 +3114,77 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Interference and code switching: the Northern Russian dialect of the Gypsy language in a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>contactological</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> perspective]. Doctoral dissertation. St. Petersburg: Institute of Linguistic Research, RAS. (In Russian)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="06AFAF57" w14:textId="3C454313" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06AFAF57" w14:textId="63DA55AC" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Slovar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sotsiolingvisticheskikh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
@@ -2743,52 +3235,59 @@
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Edited by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>V.Yu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Mikhalchenko. Moscow: Institute of Linguistics RAS. (In Russian)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1CE64A2A" w14:textId="4AF87CF8" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE64A2A" w14:textId="4A15922F" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Vulić, S. (2016) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Jezična</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2885,67 +3384,73 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25, pp. 229–258. Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://hrcak.srce.hr/157724</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed: 4 June 2021). (In Croatian)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="49B7F184" w14:textId="77777777" w:rsidR="001A4102" w:rsidRPr="00E50E40" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B7F184" w14:textId="3895E1BA" w:rsidR="001A4102" w:rsidRPr="00260C99" w:rsidRDefault="001A4102" w:rsidP="001A4102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Zhukotskaya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, A.V. (2009) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fenomen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -2999,50 +3504,56 @@
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidRPr="00E50E40">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Russian</w:t>
       </w:r>
       <w:r w:rsidRPr="00E50E40">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="3B664604" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00E50E40" w:rsidRDefault="00993B45" w:rsidP="006C50E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6A0A0D" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00E50E40" w:rsidRDefault="00993B45" w:rsidP="006C50E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E883AD2" w14:textId="5BBBB0D1" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="006C50E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -3084,190 +3595,186 @@
         </w:rPr>
         <w:t>, страна</w:t>
       </w:r>
       <w:r w:rsidR="00E0327B" w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE212DA" w14:textId="77777777" w:rsidR="00E0327B" w:rsidRPr="00C14E33" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Адрес: индекс, страна, город, улица, дом. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542CEACF" w14:textId="77777777" w:rsidR="002168DE" w:rsidRPr="00CA5763" w:rsidRDefault="002168DE" w:rsidP="002168DE">
-[...50 lines deleted...]
-    <w:p w14:paraId="5B4564F3" w14:textId="1BB3E843" w:rsidR="00993B45" w:rsidRPr="002168DE" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+    <w:p w14:paraId="5B4564F3" w14:textId="1BB3E843" w:rsidR="00993B45" w:rsidRPr="003F77AE" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Эл</w:t>
       </w:r>
-      <w:r w:rsidRPr="002168DE">
+      <w:r w:rsidRPr="003F77AE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>адрес</w:t>
       </w:r>
-      <w:r w:rsidRPr="002168DE">
+      <w:r w:rsidRPr="003F77AE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>name</w:t>
         </w:r>
-        <w:r w:rsidRPr="002168DE">
+        <w:r w:rsidRPr="003F77AE">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
-        <w:r w:rsidRPr="002168DE">
+        <w:r w:rsidRPr="003F77AE">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70A55422" w14:textId="77777777" w:rsidR="00F57DA9" w:rsidRPr="002168DE" w:rsidRDefault="00F57DA9" w:rsidP="00993B45">
+    <w:p w14:paraId="393BECAF" w14:textId="77777777" w:rsidR="008C5B1B" w:rsidRPr="003F77AE" w:rsidRDefault="008C5B1B" w:rsidP="008C5B1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/0000-0000-0000-0000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A55422" w14:textId="77777777" w:rsidR="00F57DA9" w:rsidRPr="003F77AE" w:rsidRDefault="00F57DA9" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="614E179C" w14:textId="2D1E18B9" w:rsidR="00F57DA9" w:rsidRPr="00C14E33" w:rsidRDefault="0098580F" w:rsidP="00F57DA9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14E33">
@@ -3450,2434 +3957,2508 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C2793" w:rsidRPr="00C14E33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>code</w:t>
       </w:r>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B05A93" w14:textId="77777777" w:rsidR="002168DE" w:rsidRPr="00C55F51" w:rsidRDefault="002168DE" w:rsidP="002168DE">
-[...14 lines deleted...]
-    <w:p w14:paraId="42995D12" w14:textId="7A90EA41" w:rsidR="0098580F" w:rsidRPr="002168DE" w:rsidRDefault="00F57DA9" w:rsidP="0098580F">
+    <w:p w14:paraId="42995D12" w14:textId="7A90EA41" w:rsidR="0098580F" w:rsidRPr="003F77AE" w:rsidRDefault="00F57DA9" w:rsidP="0098580F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00E70CF8" w:rsidRPr="002168DE">
+      <w:r w:rsidR="00E70CF8" w:rsidRPr="003F77AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
-      <w:r w:rsidRPr="002168DE">
+      <w:r w:rsidRPr="003F77AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="0098580F">
-[...2038 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00C14E33">
+        <w:r w:rsidR="0098580F" w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>name@mail.ru</w:t>
+          <w:t>name</w:t>
+        </w:r>
+        <w:r w:rsidR="0098580F" w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidR="0098580F" w:rsidRPr="00C14E33">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidR="0098580F" w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="0098580F" w:rsidRPr="00C14E33">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BB291F2" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="00C14E33" w:rsidRDefault="00620147" w:rsidP="00620147">
+    <w:p w14:paraId="744FCD1E" w14:textId="77777777" w:rsidR="008C5B1B" w:rsidRPr="003F77AE" w:rsidRDefault="008C5B1B" w:rsidP="008C5B1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>orcid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/0000-0000-0000-0000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D365E1C" w14:textId="77777777" w:rsidR="0098580F" w:rsidRPr="003F77AE" w:rsidRDefault="0098580F" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C3C6A7B" w14:textId="4520FA7D" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для цитирования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F202C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фамилия И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Название статьи // Социолингвистика</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CD95B4" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF4C386" w14:textId="3D9207E4" w:rsidR="00993B45" w:rsidRPr="00AF64C4" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For citation: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F202C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surname </w:t>
+      </w:r>
+      <w:r w:rsidR="0085457F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N.P. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> // </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Socioling</w:t>
+      </w:r>
+      <w:r w:rsidR="00C55F51">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vistika</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FDE12C" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AF64C4" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B40144" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00AF64C4" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D1E6592" w14:textId="77777777" w:rsidR="00092426" w:rsidRPr="00AF64C4" w:rsidRDefault="00092426" w:rsidP="00092426">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конфликте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интересов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF64C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092426">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025B9441" w14:textId="4EA47A79" w:rsidR="00FF0883" w:rsidRPr="003B64C1" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Автор обязан уведомить редакцию о реальном или потенциальном конфликте интересов, включив информацию о конфликте интересов в конце статьи. Если конфликта интересов нет, автор должен также сообщить об этом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC4E11A" w14:textId="77777777" w:rsidR="00C9072E" w:rsidRPr="006E441E" w:rsidRDefault="00C9072E" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E863901" w14:textId="15BF6CFD" w:rsidR="00FF0883" w:rsidRPr="00FF0883" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0883">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пример формулировки для одного автора и для авторских коллективов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BD1B0F" w14:textId="77777777" w:rsidR="00E172C4" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Автор (авторы) заявляет (заявляют) об отсутствии конфликта интересов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4969B6F9" w14:textId="0ABB0BB7" w:rsidR="00FF0883" w:rsidRPr="003B64C1" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>declare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>conflicts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>interests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA174F4" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="003B64C1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C109A05" w14:textId="6140316A" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The article was submitted 00.00.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FF5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F18270" w14:textId="23358932" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>approved after reviewing 00.00.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FF5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4325ED9C" w14:textId="750DE466" w:rsidR="00993B45" w:rsidRPr="00E83E76" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accepted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E76">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E76">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>publication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E76">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00.00.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FF5" w:rsidRPr="00E83E76">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83E76">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21195B3B" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00E83E76" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A45C6A3" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00E83E76" w:rsidRDefault="00993B45">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83E76">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C383C20" w14:textId="2B2F225B" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Требования и рекомендации к оформлению статей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34674B07" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Материалы предоставляются в электронном формате статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B6163E" w14:textId="5C9BC806" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обязательно </w:t>
+      </w:r>
+      <w:r w:rsidR="00037AA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>предоставление следующей информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59804C65" w14:textId="279239CF" w:rsidR="00993B45" w:rsidRPr="00E00466" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2.1. Сведения об авторе статьи (</w:t>
+      </w:r>
+      <w:r w:rsidR="00037AA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>в конце статьи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>), включающих фамилию, имя, отчество полностью,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E00466" w:rsidRPr="00E00466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk163150585"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E00466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E00466" w:rsidRPr="00E00466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ученую степень и ученое звание, контактную информацию (место работы и должность автора, почтовый адрес организации, контактный телефон, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF763A" w:rsidRPr="00BF763A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BF763A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Сведения представляются на русском </w:t>
+      </w:r>
+      <w:r w:rsidR="0098580F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и английском </w:t>
+      </w:r>
+      <w:r w:rsidR="00037AA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>языке</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45DE7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E00466" w:rsidRPr="00E00466">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FFB2E8" w14:textId="3766FF98" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. Аспирантам </w:t>
+      </w:r>
+      <w:r w:rsidR="00793C16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и магистрантам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>необходимо представить рекомендацию научного руководителя к опубликованию статьи, заверенную в отделе кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517F3D8E" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Требования к оформлению статей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1969512C" w14:textId="47D72B6F" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00786B7B" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Рекомендуемый о</w:t>
+      </w:r>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бъем статьи </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7508B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 32 000 знаков с пробелами, максимальный объем статьи – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п.л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00993B45" w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. (40 000 с пробелами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785BBDA1" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>В статье должны содержаться следующие элементы издательского оформления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7286AF9D" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Индекс УДК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340C0A0E" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Заглавие. Подзаголовочные данные (на русском и английском языках);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEA83D7" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество автора; ученое звание, ученая степень; должность и место работы (на русском и английском языках); адрес электронной почты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD0B741" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Аннотация на русском и английском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711324E2" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5–8 ключевых слов и/или словосочетаний (каждое ключевое слово или словосочетание отделяется от другого запятой) (на русском и английском языках).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067ADE01" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Текст статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A36F0E" w14:textId="35BCBF4E" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Список литературы на русском языке, оформленный в соответствии с правилами, принятыми в журнале</w:t>
+      </w:r>
+      <w:r w:rsidR="00037AA9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также список </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E849BF" w14:textId="77777777" w:rsidR="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>При необходимости – примечания, приложения, иллюстрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5AA0C8" w14:textId="04BC2CA6" w:rsidR="00FF0883" w:rsidRPr="005779A2" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Автор обязан уведомить редакцию о реальном или потенциальном конфликте интересов, включив информацию о конфликте интересов в конце статьи. Если конфликта интересов нет, автор должен также сообщить об этом. Пример формулировки для одного автора и для авторских коллективов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D71079" w14:textId="77777777" w:rsidR="00FF0883" w:rsidRPr="00FF0883" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329F9027" w14:textId="77777777" w:rsidR="00FF0883" w:rsidRPr="00FF0883" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0883">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пример формулировки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6A09BA" w14:textId="77777777" w:rsidR="00FF0883" w:rsidRPr="00FF0883" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005779A2">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Автор (авторы) заявляет (заявляют) об отсутствии конфликта интересов. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk164237349"/>
+      <w:r w:rsidRPr="00FF0883">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>The author(s) declare(s) no conflicts of interests.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="41627CCD" w14:textId="77777777" w:rsidR="00FF0883" w:rsidRPr="003B64C1" w:rsidRDefault="00FF0883" w:rsidP="00FF0883">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6462002C" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="003B64C1" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заглавиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B64C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>статей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAD8562" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заглавия научных статей должны быть информативными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E2BB93" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>в заглавиях статей можно использовать только общепринятые сокращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7242A801" w14:textId="77777777" w:rsidR="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>в переводе заглавий статей на английский язык не должно быть транслитерации с русского языка (кроме непереводимых названий собственных имен, приборов и др. объектов, имеющих собственные названия). Это требование распространяется на авторские аннотации и список ключевых слов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023411A6" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Требования к оформлению сведений об авторе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2295CB46" w14:textId="4D6C3DC8" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>указание фамилии, имени, отчество автора (авторов).</w:t>
+      </w:r>
+      <w:r w:rsidR="00F66C0F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Указание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F66C0F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F66C0F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A3F839" w14:textId="292BB1B8" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>указание ученого звания и ученой степени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1876919B" w14:textId="5939E6C1" w:rsidR="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>предоставление данных о должности и месте работы с указанием адреса организации и электронной почты автора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DF3452" w14:textId="15967C90" w:rsidR="00F66C0F" w:rsidRDefault="00F66C0F" w:rsidP="002203AA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F66C0F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>спирантам необходимо представить рекомендацию научного руководителя к опубликованию статьи, заверенную в отделе кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A0A7ED" w14:textId="726A1F7F" w:rsidR="00FB3BD5" w:rsidRPr="00993B45" w:rsidRDefault="00FB3BD5" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="674A5169" w14:textId="77777777" w:rsidR="00037AA9" w:rsidRDefault="00037AA9" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17BC9432" w14:textId="23BB6625" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Образец</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C27414A" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="00AA6CA1" w:rsidRDefault="00620147" w:rsidP="00620147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имя Отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6CA1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– ученая степень, ученое звание, должность, место работы, страна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D3BDAC" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="00C14E33" w:rsidRDefault="00620147" w:rsidP="00620147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес: индекс, страна, город, улица, дом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672042E1" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="003F77AE" w:rsidRDefault="00620147" w:rsidP="00620147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
-[...13 lines deleted...]
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t>Name</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14E33">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...157 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>name</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C14E33">
+        <w:r w:rsidRPr="003F77AE">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C14E33">
+        <w:r w:rsidRPr="003F77AE">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00C14E33">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F6207B0" w14:textId="77777777" w:rsidR="00037AA9" w:rsidRPr="006E441E" w:rsidRDefault="00037AA9" w:rsidP="002203AA">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="3B6C9E22" w14:textId="77777777" w:rsidR="008C5B1B" w:rsidRPr="00C55F51" w:rsidRDefault="008C5B1B" w:rsidP="008C5B1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/0000-0000-0000-0000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB291F2" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="003F77AE" w:rsidRDefault="00620147" w:rsidP="00620147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C95D371" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="00C14E33" w:rsidRDefault="00620147" w:rsidP="00620147">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surname </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>– degree, academic title, position, place of work, country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310836E1" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="00C14E33" w:rsidRDefault="00620147" w:rsidP="00620147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address: street house, city, country, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>index</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232E10A2" w14:textId="77777777" w:rsidR="00620147" w:rsidRPr="003F77AE" w:rsidRDefault="00620147" w:rsidP="00620147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00C14E33">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>name</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C14E33">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C14E33">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="630DAE4E" w14:textId="77777777" w:rsidR="008C5B1B" w:rsidRPr="00C55F51" w:rsidRDefault="008C5B1B" w:rsidP="008C5B1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C55F51">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https://orcid.org/0000-0000-0000-0000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6207B0" w14:textId="77777777" w:rsidR="00037AA9" w:rsidRPr="003F77AE" w:rsidRDefault="00037AA9" w:rsidP="002203AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60763C3C" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="002203AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993B45">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
@@ -7571,448 +8152,1613 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00417ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Статья из журнала</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16686CBC" w14:textId="3F7BE519" w:rsidR="00417ECC" w:rsidRPr="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00417ECC">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="28296BAC" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="00BF763A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00050898">
+        <w:t xml:space="preserve">Никитина В.Н. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(2024) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050898">
+        <w:t>Диагностика развития связной речи детей Саха 5–7 лет:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050898">
+        <w:t>социолингвистический подход // Социолингвистика. № 4 (20). С. 119–131. DOI: 10.37892/2713-2951-4-20-119-131</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58146A44" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="00BF763A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Михальченко В. Ю., Крючкова Т. Б.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2002) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Социолингвистика в России // Вопросы языкознания. № 3(11). С. 116–142.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA679A4" w14:textId="77777777" w:rsidR="003F77AE" w:rsidRPr="00260C99" w:rsidRDefault="003F77AE" w:rsidP="00417ECC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57DEFF5C" w14:textId="75B4F84C" w:rsidR="00417ECC" w:rsidRPr="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00417ECC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Материалы конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F202DD5" w14:textId="37306F02" w:rsidR="00417ECC" w:rsidRPr="00260C99" w:rsidRDefault="00417ECC" w:rsidP="00417ECC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Михальченко В. Ю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018) Национально-языковая политика и языковые конфликты // Лингвострановедение: методы анализа, технология обучения. Сборник материалов научного семинара. Ч. 1. Языки в аспекте </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00417ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>лингвострановедения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МГИМО</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С. 12–13</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AFEB0C" w14:textId="77777777" w:rsidR="003F77AE" w:rsidRPr="00260C99" w:rsidRDefault="003F77AE" w:rsidP="00417ECC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C135041" w14:textId="581F73F2" w:rsidR="00417ECC" w:rsidRPr="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00CA742B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Книга (монография, сборник)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B015823" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="00CA742B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аврорин В. А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1975) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проблемы изучения функциональной стороны языка. Л.: Наука. 276 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9EFBF3" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="00CA742B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Словарь социолингвистических терминов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2006) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/ отв. ред. В. Ю. Михальченко. М.: Институт языкознания РАН. 312 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5171DFED" w14:textId="77777777" w:rsidR="003F77AE" w:rsidRPr="00260C99" w:rsidRDefault="003F77AE" w:rsidP="00417ECC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AC190C2" w14:textId="77777777" w:rsidR="00417ECC" w:rsidRPr="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00417ECC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00417ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Интернет-ресурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C84447" w14:textId="77777777" w:rsidR="003F77AE" w:rsidRDefault="003F77AE" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="57DEFF5C" w14:textId="77777777" w:rsidR="00417ECC" w:rsidRPr="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00417ECC">
+        </w:rPr>
+        <w:t>Жукоцкая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:t xml:space="preserve"> Феномен идеологии. Режим доступа: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00381AE5">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://service.ebooksearch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:t xml:space="preserve"> Дата обращения: 12.11.2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBBD04F" w14:textId="77777777" w:rsidR="00ED49F6" w:rsidRPr="00260C99" w:rsidRDefault="00ED49F6" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538DC894" w14:textId="4CDF7987" w:rsidR="003F77AE" w:rsidRPr="003F77AE" w:rsidRDefault="003F77AE" w:rsidP="005503C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00417ECC">
+      <w:r w:rsidRPr="003F77AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Материалы конференции</w:t>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t xml:space="preserve">Диссертация </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328F90C4" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> (2018) Национально-языковая политика и языковые конфликты // Лингвострановедение: методы анализа, технология обучения. Сборник материалов научного семинара. Ч. 1. Языки в аспекте </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Русаков А. Ю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2005) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Интерференция и переключение кодов: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00417ECC">
-[...7 lines deleted...]
-        <w:t>лингвострановедения</w:t>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>севернорусский</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00417ECC">
-[...10 lines deleted...]
-    <w:p w14:paraId="4C135041" w14:textId="77777777" w:rsidR="00417ECC" w:rsidRPr="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00417ECC">
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диалект цыганского языка в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактологической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перспективе: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. ... д-ра филол. наук. СПб.: ИЛИ РАН. 105 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0003FD1C" w14:textId="77777777" w:rsidR="003F77AE" w:rsidRDefault="003F77AE" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29ACBA04" w14:textId="1F1C60C5" w:rsidR="003F77AE" w:rsidRPr="003F77AE" w:rsidRDefault="003F77AE" w:rsidP="00037AA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00417ECC">
+      <w:r w:rsidRPr="003F77AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Книга (монография, сборник)</w:t>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t>Источники на иностранных языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5551143C" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...126 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Bartoli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1906) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Das</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Dalmatische</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Altromanische</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Sprachreste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>von</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Veglia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>bis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Ragusa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>ihre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Stellung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Apennino</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Balkanischen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Romania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331F78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Wien: Kaiserliche Akademie der Wissenschaften. 856 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22821E69" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Držić M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842FFF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1991) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dundo Maroje. Novela od Stanca // Dundo Maroje. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zagreb: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Školska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>knjiga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. P. 53–197.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D56919" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00417ECC">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fishman J. A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1991) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Reversing Language Shift: Theoretical and Empirical Foundations of Assistance to Threatened Languages. Clevedon, UK: Multilingual Matters. 413 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2DE4CF" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00260C99" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hakala H.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Attitudes and Conceptions of Finnish Students toward Accents of English. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Avai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lable at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="003F77AE">
           <w:rPr>
             <w:rStyle w:val="a6"/>
-            <w:rFonts w:eastAsia="Times New Roman"/>
-            <w:kern w:val="0"/>
             <w:szCs w:val="24"/>
-            <w:lang w:eastAsia="ru-RU"/>
-            <w14:ligatures w14:val="none"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>http://service.ebooksearch.webfactional.com/en</w:t>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>www</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>helsinki</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>fi</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>englanti</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>elfa</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ProGradu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>_</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Henrik</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>_</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Hakala</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00260C99">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F77AE">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00417ECC">
-[...10 lines deleted...]
-    <w:p w14:paraId="0DBBD04F" w14:textId="77777777" w:rsidR="00ED49F6" w:rsidRPr="00417ECC" w:rsidRDefault="00ED49F6" w:rsidP="00037AA9">
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Accessed:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 03.06.2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAFB570" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00AB4325" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pavlenko A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0ABA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2017) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian-friendly: How Russian became a commodity in Europe and beyond // International Journal of Bilingual Education and Bilingualism. Vol. 20, No. 4. P. 385–403. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00381AE5">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1080/13670050.2015.1115001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="28D0542B" w14:textId="77777777" w:rsidR="00842FFF" w:rsidRPr="00233975" w:rsidRDefault="00842FFF" w:rsidP="005503C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vuli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ć </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jezi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>previranja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dubrova</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>koj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>renesansnoj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>knji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evnosti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F77AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Avai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00381AE5">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00233975">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00381AE5">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>hrcak</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00233975">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00381AE5">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>srce</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00233975">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00381AE5">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>hr</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00233975">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>/157724</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Accessed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260C99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233975">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 04.06.2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAAAA6B" w14:textId="77777777" w:rsidR="003F77AE" w:rsidRPr="00260C99" w:rsidRDefault="003F77AE" w:rsidP="00037AA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CD22FF" w14:textId="77777777" w:rsidR="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00037AA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -8290,51 +10036,51 @@
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0A05">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Для транслитерации рекомендуем использовать систему на сайте </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00AB0A05">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:kern w:val="0"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>www.translit-online.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AB0A05">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245EA330" w14:textId="3B45AACF" w:rsidR="00441AAF" w:rsidRPr="00904A0D" w:rsidRDefault="00AB0A05" w:rsidP="00037AA9">
       <w:pPr>
@@ -8449,50 +10195,51 @@
     </w:p>
     <w:p w14:paraId="2F265B90" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Статья</w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>из</w:t>
@@ -8500,51 +10247,51 @@
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>журнала</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9367A5" w14:textId="77000C23" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+    <w:p w14:paraId="6D9367A5" w14:textId="69016F70" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Bitkeeva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
@@ -8866,50 +10613,60 @@
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>DOI: 10.15688/jvolsu2.2019.3.1. (In Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4AFC17F5" w14:textId="36CE24A6" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="442FE4F3" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
@@ -8979,51 +10736,51 @@
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>журнала</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6F1B09" w14:textId="4430C74A" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+    <w:p w14:paraId="7C6F1B09" w14:textId="771D17D7" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Lamazhaa, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -9207,50 +10964,60 @@
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(In Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4D6D2387" w14:textId="1D60B7F8" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF8C43D" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
@@ -9272,51 +11039,51 @@
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>конференции</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588D3BF7" w14:textId="6169C62B" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+    <w:p w14:paraId="588D3BF7" w14:textId="3228927C" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Golovko, E.V. (2016) '</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -9926,50 +11693,60 @@
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, Abakan, pp. 9–12. (In Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D424A79" w14:textId="227E5965" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="332FD255" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
@@ -10027,51 +11804,51 @@
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>сборник</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA4E091" w14:textId="2195FBB7" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+    <w:p w14:paraId="4CA4E091" w14:textId="598870CB" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Borgoyakova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
@@ -10229,52 +12006,62 @@
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6C4804C6" w14:textId="1D9F4F22" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4804C6" w14:textId="625BFC1A" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Yazykovaya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
@@ -10426,50 +12213,60 @@
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. 471 p. (In Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="21EC0190" w14:textId="64384949" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7604BEDC" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
@@ -10491,59 +12288,59 @@
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ресурс</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1AFE0D" w14:textId="530BF6BD" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="2F1AFE0D" w14:textId="118D35BC" w:rsidR="00904A0D" w:rsidRPr="003F77AE" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Pravila</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10588,50 +12385,60 @@
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572F0D98" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidSect="00CE2553">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -12052,188 +13859,203 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="193887759">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="533009050">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1652295540">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="243028632">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1030954826">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1296791929">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00993B45"/>
     <w:rsid w:val="00037AA9"/>
     <w:rsid w:val="00043472"/>
     <w:rsid w:val="0004459B"/>
     <w:rsid w:val="00050898"/>
     <w:rsid w:val="000829F0"/>
     <w:rsid w:val="00092426"/>
     <w:rsid w:val="000A44BF"/>
     <w:rsid w:val="000C1AAE"/>
     <w:rsid w:val="000C2793"/>
     <w:rsid w:val="000D526C"/>
     <w:rsid w:val="00107707"/>
     <w:rsid w:val="00164943"/>
     <w:rsid w:val="001776CE"/>
     <w:rsid w:val="0018440C"/>
     <w:rsid w:val="001853FD"/>
     <w:rsid w:val="001A4102"/>
     <w:rsid w:val="002168DE"/>
     <w:rsid w:val="002203AA"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="0023677B"/>
     <w:rsid w:val="00260100"/>
+    <w:rsid w:val="00260C99"/>
     <w:rsid w:val="00293D9B"/>
     <w:rsid w:val="002B552B"/>
     <w:rsid w:val="002C13BE"/>
     <w:rsid w:val="002D1B5C"/>
     <w:rsid w:val="002D340F"/>
     <w:rsid w:val="00315545"/>
+    <w:rsid w:val="00331F78"/>
     <w:rsid w:val="00340EBE"/>
     <w:rsid w:val="00351841"/>
     <w:rsid w:val="00352285"/>
     <w:rsid w:val="0037393C"/>
     <w:rsid w:val="0038449B"/>
     <w:rsid w:val="003B64C1"/>
     <w:rsid w:val="003F12DF"/>
     <w:rsid w:val="003F71AC"/>
+    <w:rsid w:val="003F77AE"/>
     <w:rsid w:val="003F7D94"/>
     <w:rsid w:val="00417ECC"/>
     <w:rsid w:val="004271C3"/>
     <w:rsid w:val="00427A78"/>
     <w:rsid w:val="00441AAF"/>
     <w:rsid w:val="00445E53"/>
     <w:rsid w:val="004756A6"/>
     <w:rsid w:val="00475A2E"/>
     <w:rsid w:val="00487FCB"/>
     <w:rsid w:val="00496978"/>
     <w:rsid w:val="004A0F7A"/>
     <w:rsid w:val="004A3816"/>
     <w:rsid w:val="004E3262"/>
     <w:rsid w:val="004E7732"/>
+    <w:rsid w:val="00500A29"/>
     <w:rsid w:val="0051719C"/>
+    <w:rsid w:val="00517B82"/>
+    <w:rsid w:val="005503C9"/>
     <w:rsid w:val="00584775"/>
     <w:rsid w:val="005C50B3"/>
     <w:rsid w:val="005D14D7"/>
     <w:rsid w:val="00610C59"/>
     <w:rsid w:val="00620147"/>
     <w:rsid w:val="006569FC"/>
+    <w:rsid w:val="00682992"/>
     <w:rsid w:val="006B5EC6"/>
     <w:rsid w:val="006C50E4"/>
     <w:rsid w:val="006E441E"/>
     <w:rsid w:val="007161E8"/>
     <w:rsid w:val="00720DA2"/>
     <w:rsid w:val="0072762C"/>
     <w:rsid w:val="0076129C"/>
     <w:rsid w:val="00782506"/>
     <w:rsid w:val="00786B7B"/>
     <w:rsid w:val="007934FF"/>
     <w:rsid w:val="00793C16"/>
     <w:rsid w:val="0079418A"/>
     <w:rsid w:val="00796F5E"/>
     <w:rsid w:val="007A45C3"/>
     <w:rsid w:val="007B421F"/>
     <w:rsid w:val="007C6FF5"/>
     <w:rsid w:val="007D2853"/>
     <w:rsid w:val="008056D8"/>
+    <w:rsid w:val="00842FFF"/>
     <w:rsid w:val="0085457F"/>
+    <w:rsid w:val="0087725F"/>
     <w:rsid w:val="008A0A6E"/>
+    <w:rsid w:val="008C5B1B"/>
     <w:rsid w:val="008E3FDC"/>
     <w:rsid w:val="008F17B6"/>
     <w:rsid w:val="00900948"/>
     <w:rsid w:val="00904A0D"/>
+    <w:rsid w:val="009633D2"/>
     <w:rsid w:val="0098580F"/>
     <w:rsid w:val="00993B45"/>
     <w:rsid w:val="009A5E1B"/>
     <w:rsid w:val="009A6405"/>
     <w:rsid w:val="009B3683"/>
     <w:rsid w:val="009E1C89"/>
     <w:rsid w:val="009E4C7E"/>
     <w:rsid w:val="009E7ECD"/>
     <w:rsid w:val="00A00E0A"/>
     <w:rsid w:val="00A02796"/>
     <w:rsid w:val="00A40E29"/>
     <w:rsid w:val="00AA6CA1"/>
     <w:rsid w:val="00AB03DF"/>
     <w:rsid w:val="00AB0A05"/>
     <w:rsid w:val="00AB4325"/>
     <w:rsid w:val="00AD0581"/>
     <w:rsid w:val="00AF64C4"/>
     <w:rsid w:val="00B17DD0"/>
     <w:rsid w:val="00B67BF0"/>
     <w:rsid w:val="00BA51F4"/>
     <w:rsid w:val="00BD3BF5"/>
     <w:rsid w:val="00BE2714"/>
     <w:rsid w:val="00BF0C60"/>
+    <w:rsid w:val="00BF763A"/>
     <w:rsid w:val="00C14E33"/>
     <w:rsid w:val="00C35ADE"/>
     <w:rsid w:val="00C44AAC"/>
     <w:rsid w:val="00C45DE7"/>
     <w:rsid w:val="00C55F51"/>
     <w:rsid w:val="00C67667"/>
     <w:rsid w:val="00C80091"/>
     <w:rsid w:val="00C875D0"/>
     <w:rsid w:val="00C9072E"/>
     <w:rsid w:val="00C9611C"/>
+    <w:rsid w:val="00CA742B"/>
     <w:rsid w:val="00CB11D7"/>
     <w:rsid w:val="00CB15E5"/>
     <w:rsid w:val="00CC35C9"/>
     <w:rsid w:val="00CE2553"/>
     <w:rsid w:val="00CF00A4"/>
     <w:rsid w:val="00CF2611"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D30720"/>
     <w:rsid w:val="00D7508B"/>
+    <w:rsid w:val="00DA0ABA"/>
     <w:rsid w:val="00DB2A92"/>
     <w:rsid w:val="00DD126D"/>
+    <w:rsid w:val="00DD7D74"/>
     <w:rsid w:val="00DE03CB"/>
     <w:rsid w:val="00DE44DF"/>
     <w:rsid w:val="00DE6B84"/>
     <w:rsid w:val="00E00466"/>
     <w:rsid w:val="00E0327B"/>
     <w:rsid w:val="00E1048F"/>
     <w:rsid w:val="00E172C4"/>
     <w:rsid w:val="00E25942"/>
     <w:rsid w:val="00E502C6"/>
     <w:rsid w:val="00E50E40"/>
     <w:rsid w:val="00E61113"/>
     <w:rsid w:val="00E70CF8"/>
     <w:rsid w:val="00E83E76"/>
     <w:rsid w:val="00E91130"/>
     <w:rsid w:val="00ED49F6"/>
     <w:rsid w:val="00EF4252"/>
     <w:rsid w:val="00EF5F05"/>
     <w:rsid w:val="00F202C1"/>
     <w:rsid w:val="00F57DA9"/>
     <w:rsid w:val="00F66C0F"/>
     <w:rsid w:val="00FB3BD5"/>
     <w:rsid w:val="00FE056E"/>
     <w:rsid w:val="00FF0883"/>
     <w:rsid w:val="00FF1817"/>
     <w:rsid w:val="00FF3474"/>
@@ -12856,51 +14678,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1701931071">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrcak.srce.hr/157724" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13670050.2015.1115001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://service.ebooksearch.webfactional.com/en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.translit-online.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://service.ebooksearch.webfactional.com/en" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrcak.srce.hr/157724" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://service.ebooksearch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13670050.2015.1115001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrcak.srce.hr/157724" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.translit-online.ru" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13670050.2015.1115001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://service.ebooksearch.webfactional.com/en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://service.ebooksearch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrcak.srce.hr/157724" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrcak.srce.hr/157724" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://service.ebooksearch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13670050.2015.1115001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13670050.2015.1115001" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mail.ru" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13159,69 +14981,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2766</Words>
-  <Characters>15768</Characters>
+  <Words>3005</Words>
+  <Characters>17130</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18498</CharactersWithSpaces>
+  <CharactersWithSpaces>20095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Svetlana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>