--- v1 (2025-10-30)
+++ v2 (2026-02-12)
@@ -609,58 +609,57 @@
       <w:r w:rsidR="00331F78" w:rsidRPr="00500A29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00993B45" w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Названия разделов статьи</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0905F8FA" w14:textId="77777777" w:rsidR="00500A29" w:rsidRDefault="00993B45" w:rsidP="00993B45">
+    <w:p w14:paraId="0905F8FA" w14:textId="77777777" w:rsidR="00500A29" w:rsidRPr="00326747" w:rsidRDefault="00993B45" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">…… … … </w:t>
       </w:r>
       <w:r w:rsidR="00500A29" w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">… … …… … … …… … … …… … … … </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>… … … … … … … … … ……</w:t>
       </w:r>
       <w:r w:rsidR="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -719,56 +718,55 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00EF4252">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF4252" w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> … …</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15222665" w14:textId="77777777" w:rsidR="00500A29" w:rsidRPr="00500A29" w:rsidRDefault="00500A29" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500A29">
+      <w:r w:rsidRPr="00326747">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00500A29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Подраздел</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C39F4E5" w14:textId="243B61C2" w:rsidR="00993B45" w:rsidRPr="00FF0883" w:rsidRDefault="00EF4252" w:rsidP="00993B45">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -920,91 +918,92 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33795E51" w14:textId="6DE42553" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00BF763A" w:rsidP="00233975">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6CA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ЛИТЕРАТУРА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDFF0C6" w14:textId="1A007F34" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="6EDFF0C6" w14:textId="1A007F34" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk193286049"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Аврорин В. А.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(1975) </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Проблемы изучения функциональной стороны языка. Л.: Наука. 276 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E85D3E6" w14:textId="5CAB34A5" w:rsidR="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="3E85D3E6" w14:textId="5CAB34A5" w:rsidR="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Жукоцкая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>А.</w:t>
       </w:r>
@@ -1022,108 +1021,109 @@
         </w:rPr>
         <w:t>В.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:t xml:space="preserve"> Феномен идеологии. Режим доступа: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00381AE5">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://service.ebooksearch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:t xml:space="preserve"> Дата обращения: 12.11.2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155CB39A" w14:textId="6769AE96" w:rsidR="00050898" w:rsidRPr="00233975" w:rsidRDefault="00050898" w:rsidP="00233975">
+    <w:p w14:paraId="155CB39A" w14:textId="6769AE96" w:rsidR="00050898" w:rsidRPr="00233975" w:rsidRDefault="00050898" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00050898">
         <w:t xml:space="preserve">Никитина В.Н. </w:t>
       </w:r>
       <w:r w:rsidR="00260C99">
         <w:t xml:space="preserve">(2024) </w:t>
       </w:r>
       <w:r w:rsidRPr="00050898">
         <w:t>Диагностика развития связной речи детей Саха 5–7 лет:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00050898">
         <w:t>социолингвистический подход // Социолингвистика. № 4 (20). С. 119–131. DOI: 10.37892/2713-2951-4-20-119-131</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5109B96D" w14:textId="59B2B9FF" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="5109B96D" w14:textId="59B2B9FF" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Михальченко В. Ю., Крючкова Т. Б.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(2002) </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Социолингвистика в России // Вопросы языкознания. № 3(11). С. 116–142.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFA5919" w14:textId="2CCDF904" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="1DFA5919" w14:textId="2CCDF904" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Русаков А. Ю.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -1157,79 +1157,79 @@
         </w:rPr>
         <w:t>контактологической</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> перспективе: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дис</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. ... д-ра филол. наук. СПб.: ИЛИ РАН. 105 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C290D5" w14:textId="2E88ADE9" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="24C290D5" w14:textId="2E88ADE9" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Словарь социолингвистических терминов </w:t>
       </w:r>
       <w:r w:rsidR="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(2006) </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/ отв. ред. В. Ю. Михальченко. М.: Институт языкознания РАН. 312 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBECFAA" w14:textId="1226430A" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="0BBECFAA" w14:textId="1226430A" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Bartoli</w:t>
       </w:r>
       <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1457,51 +1457,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Romania</w:t>
       </w:r>
       <w:r w:rsidRPr="00331F78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Wien: Kaiserliche Akademie der Wissenschaften. 856 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7F2CE2" w14:textId="3E88378E" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="2B7F2CE2" w14:textId="3E88378E" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Držić M.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1537,92 +1537,92 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>knjiga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. P. 53–197.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47BD40D4" w14:textId="528B14BB" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="47BD40D4" w14:textId="528B14BB" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fishman J. A.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00260C99" w:rsidRPr="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(1991) </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Reversing Language Shift: Theoretical and Empirical Foundations of Assistance to Threatened Languages. Clevedon, UK: Multilingual Matters. 413 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648356AE" w14:textId="7B80C5CD" w:rsidR="00233975" w:rsidRPr="00260C99" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="648356AE" w14:textId="7B80C5CD" w:rsidR="00233975" w:rsidRPr="00260C99" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hakala H.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Attitudes and Conceptions of Finnish Students toward Accents of English. </w:t>
       </w:r>
@@ -1804,102 +1804,102 @@
       <w:r w:rsidRPr="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003F77AE" w:rsidRPr="00260C99">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Accessed:</w:t>
       </w:r>
       <w:r w:rsidRPr="00260C99">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 03.06.2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE918CA" w14:textId="6B616D20" w:rsidR="00233975" w:rsidRPr="00AB4325" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="4BE918CA" w14:textId="6B616D20" w:rsidR="00233975" w:rsidRPr="00AB4325" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pavlenko A.</w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA0ABA" w:rsidRPr="00DA0ABA">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(2017) </w:t>
       </w:r>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian-friendly: How Russian became a commodity in Europe and beyond // International Journal of Bilingual Education and Bilingualism. Vol. 20, No. 4. P. 385–403. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00381AE5">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/13670050.2015.1115001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E1870FF" w14:textId="53DDB54A" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00233975">
+    <w:p w14:paraId="5E1870FF" w14:textId="53DDB54A" w:rsidR="00233975" w:rsidRPr="00233975" w:rsidRDefault="00233975" w:rsidP="00CE3A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233975">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vuli</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ć </w:t>
@@ -2293,51 +2293,52 @@
         <w:t>на английский язык</w:t>
       </w:r>
       <w:r w:rsidR="00E83E76" w:rsidRPr="00315545">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, кроме английского</w:t>
       </w:r>
       <w:r w:rsidR="00487FCB">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, обязательно указание названия языка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="16A1B4E8" w14:textId="6606B708" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="6A8603E4" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Avrorin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, V.A. (1975) </w:t>
       </w:r>
@@ -2415,348 +2416,370 @@
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>yazyka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Problems of studying the functional side of language]. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Problems of studying the functional side of language].</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Leningrad: Nauka. (In Russian)</w:t>
       </w:r>
-      <w:r w:rsidR="003F77AE">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A5E546" w14:textId="2AA8A5CB" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="32503884" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartoli, M. (1906) </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Das Dalmatische: Altromanische Sprachreste von Veglia bis Ragusa und ihre Stellung in der Apennino-Balkanischen Romania</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Dalmatian. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Dalmatian. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Old Romance language remains from Veglia to Ragusa and their position in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Apennino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-Balkan Romania].</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Old Romance language remains from Veglia to Ragusa and their position in the </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Vienna: Imperial Academy of Sciences. (In German)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A94EF01" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Apennino</w:t>
+        <w:t>Držić</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-Balkan Romania]. Vienna: Imperial Academy of Sciences. (In German)</w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">, M. (1991) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dundo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maroje. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Novela od Stanca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Dundo Maroje. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Novel from </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Držić</w:t>
+        <w:t>Stanac</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M. (1991) </w:t>
+        <w:t xml:space="preserve">]. In: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dundo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Maroje. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="sv-SE"/>
-[...23 lines deleted...]
-        <w:t>Stanac</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Maroje</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">]. In: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>. Zagreb: School Book, pp. 53–197. (In Croatian)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA1C50A" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fishman, J.A. (1991) </w:t>
+      </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Dundo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Reversing language shift: Theoretical and empirical foundations of assistance to threatened languages</w:t>
+      </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
-          <w:i/>
-[...59 lines deleted...]
-        <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Clevedon, UK: Multilingual Matters.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDBE023" w14:textId="77777777" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="2F10FC02" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakala, H. (2013) </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Attitudes and Conceptions of Finnish Students toward Accents of English</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://www.helsinki.fi/englanti/elfa/ProGradu_Henrik_Hakala.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed: 3 June 2023)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A329DF1" w14:textId="7F2C02FE" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="39A0975E" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mikhalchenko, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>V.Yu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2808,110 +2831,147 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Voprosy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>yazykoznaniya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001A4102">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="001A4102">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Issues in Linguistics],</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3(11), pp. 116–142. (In Russian)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DBC54B" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavlenko, A. (2017) Russian-friendly: How Russian became a commodity in Europe and beyond, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>International Journal of Bilingual Education and Bilingualism</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 20(4), pp. 385–403. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20(4), pp. 385–403. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/13670050.2015.1115001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05AE318D" w14:textId="567BBBA4" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="6A2CA769" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Rusakov, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A.Yu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3096,198 +3156,205 @@
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>perspektive</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Interference and code switching: the Northern Russian dialect of the Gypsy language in a </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Interference and code switching: the Northern Russian dialect of the Gypsy language in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contactological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perspective].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Doctoral dissertation. St. Petersburg: Institute of Linguistic Research, RAS. (In Russian)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1F46D4" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>contactological</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Slovar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...21 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Slovar</w:t>
+        <w:t>sotsiolingvisticheskikh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sotsiolingvisticheskikh</w:t>
+        <w:t>terminov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Dictionary of Sociolinguistic Terms]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2006). Edited by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>terminov</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V.Yu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2006) </w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t>. Mikhalchenko. Moscow: Institute of Linguistics RAS. (In Russian)</w:t>
       </w:r>
-      <w:r w:rsidR="003F77AE">
-[...7 lines deleted...]
-    <w:p w14:paraId="1CE64A2A" w14:textId="4A15922F" w:rsidR="001A4102" w:rsidRPr="001A4102" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    </w:p>
+    <w:p w14:paraId="20ED0B22" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="001A4102" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Vulić, S. (2016) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Jezična</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3384,59 +3451,59 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25, pp. 229–258. Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://hrcak.srce.hr/157724</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed: 4 June 2021). (In Croatian)</w:t>
       </w:r>
-      <w:r w:rsidR="003F77AE">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B7F184" w14:textId="3895E1BA" w:rsidR="001A4102" w:rsidRPr="00260C99" w:rsidRDefault="001A4102" w:rsidP="001A4102">
+    <w:p w14:paraId="40D0E235" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="00326747" w:rsidRDefault="00326747" w:rsidP="00326747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Zhukotskaya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, A.V. (2009) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3453,109 +3520,116 @@
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ideologii</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [The phenomenon of ideology]. Available at: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[The phenomenon of ideology].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4102">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001A4102">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://service.ebooksearch.webfactional.com/en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A4102">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed: 11 December 2023). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50E40">
+      <w:r w:rsidRPr="00326747">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00BC77B7">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50E40">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC77B7">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Russian</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50E40">
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3B664604" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00E50E40" w:rsidRDefault="00993B45" w:rsidP="006C50E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6A0A0D" w14:textId="77777777" w:rsidR="00993B45" w:rsidRPr="00E50E40" w:rsidRDefault="00993B45" w:rsidP="006C50E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E883AD2" w14:textId="5BBBB0D1" w:rsidR="00993B45" w:rsidRPr="00AA6CA1" w:rsidRDefault="00993B45" w:rsidP="006C50E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -9742,88 +9816,170 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CD22FF" w14:textId="77777777" w:rsidR="00417ECC" w:rsidRDefault="00417ECC" w:rsidP="00037AA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C3594A5" w14:textId="3EA7C7BE" w:rsidR="00993B45" w:rsidRPr="00993B45" w:rsidRDefault="00993B45" w:rsidP="00037AA9">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="7C3594A5" w14:textId="54ECC396" w:rsidR="00993B45" w:rsidRPr="00326747" w:rsidRDefault="00993B45" w:rsidP="00037AA9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993B45">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Образец оформления </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00043472" w:rsidRPr="00993B45">
+        <w:t>Образец</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326747">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993B45">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00043472" w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326747" w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Harvard</w:t>
+      </w:r>
+      <w:r w:rsidR="00326747" w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>style)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="668A9153" w14:textId="2956417C" w:rsidR="00AB0A05" w:rsidRDefault="00993B45" w:rsidP="00AB0A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00993B45">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Пристатейный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -10247,51 +10403,51 @@
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>журнала</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9367A5" w14:textId="69016F70" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+    <w:p w14:paraId="6D9367A5" w14:textId="32991710" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Bitkeeva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
@@ -10549,1203 +10705,1261 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>universiteta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00326747" w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Issue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Iazykoznanie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00326747" w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>[Bulletin of Volgograd State University, Issue 2, Linguistics]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326747">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2, </w:t>
+        <w:t xml:space="preserve"> pp. 6–23. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>DOI: 10.15688/jvolsu2.2019.3.1. (In Russ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F77AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFC17F5" w14:textId="36CE24A6" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442FE4F3" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Статья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>журнала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6F1B09" w14:textId="1A4680B7" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lamazhaa, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ch.K</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2014) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Zasaianskie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tuvintsy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>obraz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>zhizni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tsennosti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>idealy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Tuvans beyond the Sayan Mountains: way of living, values and ideals], </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904A0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Iazykoznanie</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The New Research of Tuva</w:t>
+      </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, pp. 6–23. </w:t>
+        <w:t xml:space="preserve">, 3. Available at: https://nit.tuva.asia/nit/article/view/138 (Accessed: 1 November 2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>DOI: 10.15688/jvolsu2.2019.3.1. (In Russ</w:t>
+        <w:t>(In Russ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ian</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003F77AE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFC17F5" w14:textId="36CE24A6" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
-[...12 lines deleted...]
-    <w:p w14:paraId="442FE4F3" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00904A0D" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+    <w:p w14:paraId="4D6D2387" w14:textId="1D60B7F8" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF8C43D" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Статья</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00904A0D">
+        <w:t>Материалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00904A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>из</w:t>
-[...70 lines deleted...]
-        <w:t xml:space="preserve">Lamazhaa, </w:t>
+        <w:t>конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21428ECC" w14:textId="77777777" w:rsidR="00326747" w:rsidRPr="003E54E2" w:rsidRDefault="00326747" w:rsidP="00326747">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golovko, E.V. (2016) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>Ch.K</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sovremennaia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>. (2014) '</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>Zasaianskie</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iazykovaia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>tuvintsy</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>politika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>obraz</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>zhizni</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>problema</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>tsennosti</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sokhraneniia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00904A0D">
-[...7 lines deleted...]
-        <w:t>idealy</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iazykovogo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00904A0D">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00904A0D">
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>kul’turnogo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>raznoobraziia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Rossiiskoi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Federatsii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Present-day language policy and problem of preservation of language and cultural diversity in the Russian Federation], in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>The New Research of Tuva</w:t>
-[...147 lines deleted...]
-        <w:t>Sovremennaia</w:t>
+        <w:t>Materialy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AB4325">
-[...252 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Materialy</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> IV </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> IV </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>Mezhdunarodnoj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Mezhdunarodnoj</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>nauchno-prakticheskoj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>nauchno-prakticheskoj</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>konferencii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>konferencii</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> “</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>Sohranenie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Sohranenie</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>razvitie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>razvitie</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>yazykov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>yazykov</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>kul’tur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>kul’tur</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>korennyh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>korennyh</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>narodov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>narodov</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB4325">
+        <w:t>Sibiri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E54E2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Sibiri</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB4325">
-[...7 lines deleted...]
-        <w:t>, Abakan, pp. 9–12. (In Russ</w:t>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>ian</w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE53BD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>[Materials of the IV international scientific-practical conference "Maintenance and development of languages'],</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E54E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abakan, pp. 9–12. (In Russian).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D424A79" w14:textId="227E5965" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="332FD255" w14:textId="77777777" w:rsidR="00904A0D" w:rsidRPr="00AB4325" w:rsidRDefault="00904A0D" w:rsidP="00904A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
@@ -13859,92 +14073,94 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="193887759">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="533009050">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1652295540">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="243028632">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1030954826">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1296791929">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00993B45"/>
+    <w:rsid w:val="000050EA"/>
     <w:rsid w:val="00037AA9"/>
     <w:rsid w:val="00043472"/>
     <w:rsid w:val="0004459B"/>
     <w:rsid w:val="00050898"/>
     <w:rsid w:val="000829F0"/>
     <w:rsid w:val="00092426"/>
     <w:rsid w:val="000A44BF"/>
     <w:rsid w:val="000C1AAE"/>
     <w:rsid w:val="000C2793"/>
     <w:rsid w:val="000D526C"/>
     <w:rsid w:val="00107707"/>
     <w:rsid w:val="00164943"/>
     <w:rsid w:val="001776CE"/>
     <w:rsid w:val="0018440C"/>
     <w:rsid w:val="001853FD"/>
     <w:rsid w:val="001A4102"/>
     <w:rsid w:val="002168DE"/>
     <w:rsid w:val="002203AA"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="0023677B"/>
     <w:rsid w:val="00260100"/>
     <w:rsid w:val="00260C99"/>
     <w:rsid w:val="00293D9B"/>
     <w:rsid w:val="002B552B"/>
     <w:rsid w:val="002C13BE"/>
     <w:rsid w:val="002D1B5C"/>
     <w:rsid w:val="002D340F"/>
     <w:rsid w:val="00315545"/>
+    <w:rsid w:val="00326747"/>
     <w:rsid w:val="00331F78"/>
     <w:rsid w:val="00340EBE"/>
     <w:rsid w:val="00351841"/>
     <w:rsid w:val="00352285"/>
     <w:rsid w:val="0037393C"/>
     <w:rsid w:val="0038449B"/>
     <w:rsid w:val="003B64C1"/>
     <w:rsid w:val="003F12DF"/>
     <w:rsid w:val="003F71AC"/>
     <w:rsid w:val="003F77AE"/>
     <w:rsid w:val="003F7D94"/>
     <w:rsid w:val="00417ECC"/>
     <w:rsid w:val="004271C3"/>
     <w:rsid w:val="00427A78"/>
     <w:rsid w:val="00441AAF"/>
     <w:rsid w:val="00445E53"/>
     <w:rsid w:val="004756A6"/>
     <w:rsid w:val="00475A2E"/>
     <w:rsid w:val="00487FCB"/>
     <w:rsid w:val="00496978"/>
     <w:rsid w:val="004A0F7A"/>
     <w:rsid w:val="004A3816"/>
     <w:rsid w:val="004E3262"/>
     <w:rsid w:val="004E7732"/>
     <w:rsid w:val="00500A29"/>
@@ -14003,50 +14219,51 @@
     <w:rsid w:val="00AB4325"/>
     <w:rsid w:val="00AD0581"/>
     <w:rsid w:val="00AF64C4"/>
     <w:rsid w:val="00B17DD0"/>
     <w:rsid w:val="00B67BF0"/>
     <w:rsid w:val="00BA51F4"/>
     <w:rsid w:val="00BD3BF5"/>
     <w:rsid w:val="00BE2714"/>
     <w:rsid w:val="00BF0C60"/>
     <w:rsid w:val="00BF763A"/>
     <w:rsid w:val="00C14E33"/>
     <w:rsid w:val="00C35ADE"/>
     <w:rsid w:val="00C44AAC"/>
     <w:rsid w:val="00C45DE7"/>
     <w:rsid w:val="00C55F51"/>
     <w:rsid w:val="00C67667"/>
     <w:rsid w:val="00C80091"/>
     <w:rsid w:val="00C875D0"/>
     <w:rsid w:val="00C9072E"/>
     <w:rsid w:val="00C9611C"/>
     <w:rsid w:val="00CA742B"/>
     <w:rsid w:val="00CB11D7"/>
     <w:rsid w:val="00CB15E5"/>
     <w:rsid w:val="00CC35C9"/>
     <w:rsid w:val="00CE2553"/>
+    <w:rsid w:val="00CE3A7F"/>
     <w:rsid w:val="00CF00A4"/>
     <w:rsid w:val="00CF2611"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D30720"/>
     <w:rsid w:val="00D7508B"/>
     <w:rsid w:val="00DA0ABA"/>
     <w:rsid w:val="00DB2A92"/>
     <w:rsid w:val="00DD126D"/>
     <w:rsid w:val="00DD7D74"/>
     <w:rsid w:val="00DE03CB"/>
     <w:rsid w:val="00DE44DF"/>
     <w:rsid w:val="00DE6B84"/>
     <w:rsid w:val="00E00466"/>
     <w:rsid w:val="00E0327B"/>
     <w:rsid w:val="00E1048F"/>
     <w:rsid w:val="00E172C4"/>
     <w:rsid w:val="00E25942"/>
     <w:rsid w:val="00E502C6"/>
     <w:rsid w:val="00E50E40"/>
     <w:rsid w:val="00E61113"/>
     <w:rsid w:val="00E70CF8"/>
     <w:rsid w:val="00E83E76"/>
     <w:rsid w:val="00E91130"/>
     <w:rsid w:val="00ED49F6"/>
     <w:rsid w:val="00EF4252"/>
@@ -14981,69 +15198,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3005</Words>
-  <Characters>17130</Characters>
+  <Words>3038</Words>
+  <Characters>17322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
+  <Lines>144</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20095</CharactersWithSpaces>
+  <CharactersWithSpaces>20320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Svetlana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>